--- v0 (2026-01-16)
+++ v1 (2026-03-17)
@@ -15,60 +15,68 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="0CBE9AD0" w14:textId="77777777" w:rsidR="00496B14" w:rsidRPr="00496B14" w:rsidRDefault="00496B14" w:rsidP="00496B14">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00496B14">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Overview</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0745C727" w14:textId="77777777" w:rsidR="00496B14" w:rsidRPr="00496B14" w:rsidRDefault="00496B14" w:rsidP="00496B14">
+    <w:p w14:paraId="0745C727" w14:textId="7DD6BE0A" w:rsidR="00496B14" w:rsidRPr="00496B14" w:rsidRDefault="00496B14" w:rsidP="00496B14">
       <w:r w:rsidRPr="00496B14">
         <w:t xml:space="preserve">This dataset contains transcriptome expression profiles (TPM) for </w:t>
       </w:r>
-      <w:r w:rsidRPr="00496B14">
-[...4 lines deleted...]
-        <w:t>19 Drosophila species</w:t>
+      <w:r w:rsidR="003F6A9B">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>34</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00496B14">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Drosophila species</w:t>
       </w:r>
       <w:r w:rsidRPr="00496B14">
         <w:t>. Each expression matrix is derived from publicly available SRA datasets. The files include normalized gene expression levels and corresponding sample annotations linking SRA accessions to specific tissues.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1AF5CF61" w14:textId="77777777" w:rsidR="00496B14" w:rsidRPr="00496B14" w:rsidRDefault="00496B14" w:rsidP="00496B14">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00496B14">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>File Description</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63217628" w14:textId="77777777" w:rsidR="00496B14" w:rsidRPr="00496B14" w:rsidRDefault="00496B14" w:rsidP="00496B14">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -859,72 +867,74 @@
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="716248619">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="35008587">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1769109881">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="150"/>
+  <w:zoom w:percent="100"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="420"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B07547"/>
+    <w:rsid w:val="003F6A9B"/>
     <w:rsid w:val="00496B14"/>
     <w:rsid w:val="004E4C4F"/>
     <w:rsid w:val="00640CA4"/>
     <w:rsid w:val="007A7D80"/>
     <w:rsid w:val="009D36CE"/>
     <w:rsid w:val="00A95D2E"/>
     <w:rsid w:val="00B07547"/>
     <w:rsid w:val="00C40B96"/>
     <w:rsid w:val="00CB5DE6"/>
+    <w:rsid w:val="00D867F1"/>
     <w:rsid w:val="00E047CE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
@@ -1508,50 +1518,51 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="90"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00B07547"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a2">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a3">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="a4">
     <w:name w:val="文字"/>