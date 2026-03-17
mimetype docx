--- v0 (2026-01-16)
+++ v1 (2026-03-17)
@@ -20,181 +20,205 @@
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="54BD3C7A" w14:textId="77777777" w:rsidR="00A86893" w:rsidRPr="00A86893" w:rsidRDefault="00A86893" w:rsidP="00A86893">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A86893">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>High-confidence Orthologs Dataset</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AC6010A" w14:textId="4827A107" w:rsidR="00A86893" w:rsidRPr="00A86893" w:rsidRDefault="00A86893" w:rsidP="00A86893">
+    <w:p w14:paraId="7AC6010A" w14:textId="43B61C05" w:rsidR="00A86893" w:rsidRPr="00A86893" w:rsidRDefault="00A86893" w:rsidP="00A86893">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A86893">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">This directory contains the </w:t>
       </w:r>
       <w:r w:rsidRPr="00A86893">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>high-confidence orthologs</w:t>
       </w:r>
       <w:r w:rsidRPr="00A86893">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> dataset extracted from comprehensive homologous alignment results. The filtering criterion requires that an orthologous relationship is supported by at least three different </w:t>
+        <w:t xml:space="preserve"> dataset extracted from comprehensive </w:t>
+      </w:r>
+      <w:r w:rsidR="00A77803">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">orthologous </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A86893">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">alignment results. The filtering criterion requires that an orthologous relationship is supported by at least three different </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A86893">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>orthology</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A86893">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> inference tools (S</w:t>
       </w:r>
       <w:r w:rsidRPr="00A86893">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>um</w:t>
       </w:r>
       <w:r w:rsidRPr="00A86893">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> ≥ 3).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1922CBFB" w14:textId="77777777" w:rsidR="00A86893" w:rsidRPr="00A86893" w:rsidRDefault="00A86893" w:rsidP="00A86893">
+    <w:p w14:paraId="1922CBFB" w14:textId="77777777" w:rsidR="00A86893" w:rsidRPr="00A86893" w:rsidRDefault="00000000" w:rsidP="00A86893">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A86893">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:pict w14:anchorId="14896F3C">
-          <v:rect id="_x0000_i1055" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
+          <v:rect id="_x0000_i1025" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="66F80CA9" w14:textId="77777777" w:rsidR="00A86893" w:rsidRPr="00A86893" w:rsidRDefault="00A86893" w:rsidP="00A86893">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A86893">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>File Description</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="550A9D3D" w14:textId="77777777" w:rsidR="00A86893" w:rsidRPr="00A86893" w:rsidRDefault="00A86893" w:rsidP="00A86893">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A86893">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>1. high-confi.all.txt</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="133F11F1" w14:textId="77777777" w:rsidR="00A86893" w:rsidRPr="00A86893" w:rsidRDefault="00A86893" w:rsidP="00A86893">
+    <w:p w14:paraId="133F11F1" w14:textId="0F7058A4" w:rsidR="00A86893" w:rsidRPr="00A86893" w:rsidRDefault="00A86893" w:rsidP="00A86893">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A86893">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>This file contains the high-confidence orthologs across 20 Drosophila species.</w:t>
+        <w:t xml:space="preserve">This file contains the high-confidence orthologs across </w:t>
+      </w:r>
+      <w:r w:rsidR="00A77803">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>35</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A86893">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Drosophila species.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75A009CA" w14:textId="67E41FAD" w:rsidR="00A86893" w:rsidRPr="00A86893" w:rsidRDefault="00A86893" w:rsidP="00A86893">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="11"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="940"/>
-        <w:gridCol w:w="7582"/>
+        <w:gridCol w:w="7356"/>
       </w:tblGrid>
       <w:tr w:rsidR="00A86893" w:rsidRPr="00A86893" w14:paraId="5A57B971" w14:textId="77777777" w:rsidTr="00A86893">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="0" w:type="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="17A46FEA" w14:textId="77777777" w:rsidR="00A86893" w:rsidRPr="00A86893" w:rsidRDefault="00A86893" w:rsidP="00A86893">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A86893">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Column</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -239,96 +263,98 @@
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1ACC9E00" w14:textId="77777777" w:rsidR="00A86893" w:rsidRPr="00A86893" w:rsidRDefault="00A86893" w:rsidP="00A86893">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A86893">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
-              <w:t>Drosophila melanogaster gene ID</w:t>
+              <w:t xml:space="preserve">Drosophila melanogaster </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A77803">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>gene ID</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A86893" w:rsidRPr="00A86893" w14:paraId="637A99A8" w14:textId="77777777" w:rsidTr="00A86893">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="0" w:type="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="52F77CD0" w14:textId="77777777" w:rsidR="00A86893" w:rsidRPr="00A86893" w:rsidRDefault="00A86893" w:rsidP="00A86893">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A86893">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7B7C1D3D" w14:textId="77777777" w:rsidR="00A86893" w:rsidRPr="00A86893" w:rsidRDefault="00A86893" w:rsidP="00A86893">
+          <w:p w14:paraId="7B7C1D3D" w14:textId="77777777" w:rsidR="00A86893" w:rsidRPr="00A77803" w:rsidRDefault="00A86893" w:rsidP="00A86893">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:i/>
-                <w:iCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A86893">
-[...3 lines deleted...]
-                <w:iCs/>
+            <w:r w:rsidRPr="00A77803">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Feature type</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A86893" w:rsidRPr="00A86893" w14:paraId="7B43E13C" w14:textId="77777777" w:rsidTr="00A86893">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="0" w:type="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="71659C78" w14:textId="77777777" w:rsidR="00A86893" w:rsidRPr="00A86893" w:rsidRDefault="00A86893" w:rsidP="00A86893">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A86893">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>3</w:t>
@@ -384,82 +410,102 @@
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7AF2D7A3" w14:textId="77777777" w:rsidR="00A86893" w:rsidRPr="00A86893" w:rsidRDefault="00A86893" w:rsidP="00A86893">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A86893">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Gene name</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A86893" w:rsidRPr="00A86893" w14:paraId="63E20B31" w14:textId="77777777" w:rsidTr="00A86893">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="0" w:type="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3EB6D4B9" w14:textId="77777777" w:rsidR="00A86893" w:rsidRPr="00A86893" w:rsidRDefault="00A86893" w:rsidP="00A86893">
+          <w:p w14:paraId="3EB6D4B9" w14:textId="285BD91B" w:rsidR="00A86893" w:rsidRPr="00A86893" w:rsidRDefault="00A86893" w:rsidP="00A86893">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A86893">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t>5–23</w:t>
+              <w:t>5–</w:t>
+            </w:r>
+            <w:r w:rsidR="00A77803">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t>38</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="070B9F11" w14:textId="77777777" w:rsidR="00A86893" w:rsidRPr="00A86893" w:rsidRDefault="00A86893" w:rsidP="00A86893">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A86893">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t>High-confidence orthologs from each of the other Drosophila species</w:t>
+              <w:t xml:space="preserve">High-confidence orthologs from each of the other </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A77803">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Drosophila</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A86893">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> species</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A86893" w:rsidRPr="00A86893" w14:paraId="574A780D" w14:textId="77777777" w:rsidTr="00A86893">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="0" w:type="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="71D44398" w14:textId="77777777" w:rsidR="00A86893" w:rsidRPr="00A86893" w:rsidRDefault="00A86893" w:rsidP="00A86893">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A86893">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>24</w:t>
             </w:r>
           </w:p>
@@ -478,303 +524,735 @@
             </w:pPr>
             <w:r w:rsidRPr="00A86893">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">SUM: the number of species in which an ortholog of the </w:t>
             </w:r>
             <w:r w:rsidRPr="00A86893">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>D. melanogaster</w:t>
             </w:r>
             <w:r w:rsidRPr="00A86893">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> gene is found</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5EEC720C" w14:textId="77777777" w:rsidR="00A86893" w:rsidRPr="00A86893" w:rsidRDefault="00A86893" w:rsidP="00A86893">
+    <w:p w14:paraId="5EEC720C" w14:textId="77777777" w:rsidR="00A86893" w:rsidRPr="00A86893" w:rsidRDefault="00000000" w:rsidP="00A86893">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A86893">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:pict w14:anchorId="777D1A86">
-          <v:rect id="_x0000_i1056" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
+          <v:rect id="_x0000_i1026" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="2FE022B5" w14:textId="77777777" w:rsidR="00A86893" w:rsidRPr="00A86893" w:rsidRDefault="00A86893" w:rsidP="00A86893">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A86893">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>2. high-confi.core_gene.id</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="706E2F1A" w14:textId="33595F90" w:rsidR="00A86893" w:rsidRDefault="00A86893" w:rsidP="00A86893">
+    <w:p w14:paraId="706E2F1A" w14:textId="6D3E38BB" w:rsidR="00A86893" w:rsidRDefault="00A86893" w:rsidP="00A86893">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A86893">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>A subset of high-confi.all.txt containing only genes with S</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">um </w:t>
       </w:r>
       <w:r w:rsidRPr="00A86893">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>= 20, meaning genes that have orthologs in all 20 species (core genes).</w:t>
+        <w:t xml:space="preserve">= </w:t>
+      </w:r>
+      <w:r w:rsidR="00A77803">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>35</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A86893">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, meaning genes that have orthologs in all </w:t>
+      </w:r>
+      <w:r w:rsidR="00A77803">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>35</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A86893">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> species (core genes).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44A04641" w14:textId="52D5D58C" w:rsidR="00A86893" w:rsidRPr="00A86893" w:rsidRDefault="00A86893" w:rsidP="00A86893">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A86893">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Format is identical to high-confi.all.txt.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53B416E9" w14:textId="77777777" w:rsidR="00A86893" w:rsidRPr="00A86893" w:rsidRDefault="00A86893" w:rsidP="00A86893">
+    <w:p w14:paraId="53B416E9" w14:textId="77777777" w:rsidR="00A86893" w:rsidRPr="00A86893" w:rsidRDefault="00000000" w:rsidP="00A86893">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A86893">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:pict w14:anchorId="156F7CB2">
-          <v:rect id="_x0000_i1057" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
+          <v:rect id="_x0000_i1027" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="3EDFC6AE" w14:textId="77777777" w:rsidR="00A86893" w:rsidRPr="00A86893" w:rsidRDefault="00A86893" w:rsidP="00A86893">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A86893">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>3. high-confi.core_gene.info</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29D5D97A" w14:textId="77777777" w:rsidR="00A86893" w:rsidRPr="00A86893" w:rsidRDefault="00A86893" w:rsidP="00A86893">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A86893">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Annotation information for </w:t>
       </w:r>
       <w:r w:rsidRPr="00A86893">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>D. melanogaster</w:t>
       </w:r>
       <w:r w:rsidRPr="00A86893">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> core genes.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C04F61D" w14:textId="77777777" w:rsidR="00A86893" w:rsidRPr="00A86893" w:rsidRDefault="00A86893" w:rsidP="00A86893">
+    <w:p w14:paraId="0C04F61D" w14:textId="77777777" w:rsidR="00A86893" w:rsidRPr="00A86893" w:rsidRDefault="00000000" w:rsidP="00A86893">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A86893">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:pict w14:anchorId="710F6F6F">
-          <v:rect id="_x0000_i1058" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
+          <v:rect id="_x0000_i1028" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="35627361" w14:textId="77777777" w:rsidR="00A86893" w:rsidRPr="00A86893" w:rsidRDefault="00A86893" w:rsidP="00A86893">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A86893">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>4. high-confi.softcore_gene.id</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CF11699" w14:textId="7E7FF7E2" w:rsidR="00A86893" w:rsidRPr="00A86893" w:rsidRDefault="00A86893" w:rsidP="00A86893">
+    <w:p w14:paraId="1CF11699" w14:textId="0C4C43A9" w:rsidR="00A86893" w:rsidRPr="00A86893" w:rsidRDefault="00A86893" w:rsidP="00A86893">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A86893">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>A subset of high-confi.all.txt containing genes with S</w:t>
       </w:r>
       <w:r w:rsidRPr="00A86893">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>um</w:t>
       </w:r>
       <w:r w:rsidRPr="00A86893">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> = 16–19, defined as softcore genes.</w:t>
+        <w:t xml:space="preserve"> = 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00A77803">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A86893">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00A77803">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>34</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A86893">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>, defined as softcore genes.</w:t>
       </w:r>
       <w:r w:rsidRPr="00A86893">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:br/>
         <w:t>Format is identical to high-confi.all.txt.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67FCB48F" w14:textId="77777777" w:rsidR="00A86893" w:rsidRPr="00A86893" w:rsidRDefault="00A86893" w:rsidP="00A86893">
+    <w:p w14:paraId="67FCB48F" w14:textId="77777777" w:rsidR="00A86893" w:rsidRPr="00A86893" w:rsidRDefault="00000000" w:rsidP="00A86893">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A86893">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:pict w14:anchorId="7832ED0E">
-          <v:rect id="_x0000_i1059" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
+          <v:rect id="_x0000_i1029" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="64A7CF01" w14:textId="77777777" w:rsidR="00A86893" w:rsidRPr="00A86893" w:rsidRDefault="00A86893" w:rsidP="00A86893">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A86893">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>5. high-confi.uniq_gene.info</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14BD3946" w14:textId="77777777" w:rsidR="00A86893" w:rsidRPr="00A86893" w:rsidRDefault="00A86893" w:rsidP="00A86893">
+    <w:p w14:paraId="14BD3946" w14:textId="77777777" w:rsidR="00A86893" w:rsidRDefault="00A86893" w:rsidP="00A86893">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A86893">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Information for </w:t>
       </w:r>
       <w:r w:rsidRPr="00A86893">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>D. melanogaster</w:t>
       </w:r>
       <w:r w:rsidRPr="00A86893">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> unique genes, which have no detected orthologs in other Drosophila species.</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="0D349CF7" w14:textId="0807E1B2" w:rsidR="00A77803" w:rsidRDefault="00C82C19" w:rsidP="00A86893">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:pict w14:anchorId="5FD84CD1">
+          <v:rect id="_x0000_i1030" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78A5E474" w14:textId="63024351" w:rsidR="00A77803" w:rsidRDefault="00A77803" w:rsidP="00A86893">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77803">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>6.species.merge.sum3.txt</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1012EE11" w14:textId="56E3551B" w:rsidR="00A77803" w:rsidRDefault="00A77803" w:rsidP="00A86893">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77803">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">High-confidence orthologs across 34 species, defined as orthologous gene pairs supported by at least three different </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A77803">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>orthology</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A77803">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> inference tools (consensus sum &gt; 3)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E6AC73B" w14:textId="77777777" w:rsidR="00A77803" w:rsidRDefault="00A77803" w:rsidP="00A86893">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="11"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="940"/>
+        <w:gridCol w:w="7347"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00A77803" w:rsidRPr="00A86893" w14:paraId="5CAF8DAB" w14:textId="77777777" w:rsidTr="00130D99">
+        <w:trPr>
+          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0D940C06" w14:textId="77777777" w:rsidR="00A77803" w:rsidRPr="00A86893" w:rsidRDefault="00A77803" w:rsidP="00130D99">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A86893">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Column</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="039DED91" w14:textId="77777777" w:rsidR="00A77803" w:rsidRPr="00A86893" w:rsidRDefault="00A77803" w:rsidP="00130D99">
+            <w:pPr>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A86893">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Description</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A77803" w:rsidRPr="00A86893" w14:paraId="1F459901" w14:textId="77777777" w:rsidTr="00130D99">
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="55DAC996" w14:textId="77777777" w:rsidR="00A77803" w:rsidRPr="00A86893" w:rsidRDefault="00A77803" w:rsidP="00130D99">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A86893">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="457471FC" w14:textId="3918C296" w:rsidR="00A77803" w:rsidRPr="00A77803" w:rsidRDefault="00A77803" w:rsidP="00130D99">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A77803">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Q</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A77803">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t>uery species</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A77803">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> gene ID</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A77803" w:rsidRPr="00A86893" w14:paraId="7617387D" w14:textId="77777777" w:rsidTr="00130D99">
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4C0B87A4" w14:textId="77777777" w:rsidR="00A77803" w:rsidRPr="00A86893" w:rsidRDefault="00A77803" w:rsidP="00A77803">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A86893">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="715F74F8" w14:textId="606A9E1C" w:rsidR="00A77803" w:rsidRPr="00A86893" w:rsidRDefault="00A77803" w:rsidP="00A77803">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A86893">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Drosophila melanogaster </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A77803">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>gene ID</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A77803" w:rsidRPr="00A86893" w14:paraId="32B4D807" w14:textId="77777777" w:rsidTr="00130D99">
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="73DF10EA" w14:textId="77777777" w:rsidR="00A77803" w:rsidRPr="00A86893" w:rsidRDefault="00A77803" w:rsidP="00A77803">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A86893">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4F98C470" w14:textId="6F7135C1" w:rsidR="00A77803" w:rsidRPr="00A86893" w:rsidRDefault="00A77803" w:rsidP="00A77803">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A86893">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Gene name</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A77803" w:rsidRPr="00A86893" w14:paraId="028A284C" w14:textId="77777777" w:rsidTr="00130D99">
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5ED04820" w14:textId="08F25168" w:rsidR="00A77803" w:rsidRPr="00A86893" w:rsidRDefault="00A77803" w:rsidP="00A77803">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A86893">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00C82C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="776BEDAE" w14:textId="2ACA7DA5" w:rsidR="00A77803" w:rsidRPr="00A86893" w:rsidRDefault="00C82C19" w:rsidP="00A77803">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C82C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Identification status of ortholog pairs by each tool (1 = identified, 0 = not identified).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A77803" w:rsidRPr="00A86893" w14:paraId="43C4729E" w14:textId="77777777" w:rsidTr="00130D99">
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="14250E3B" w14:textId="01B8BF21" w:rsidR="00A77803" w:rsidRPr="00A86893" w:rsidRDefault="00C82C19" w:rsidP="00A77803">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6C9FA687" w14:textId="4FD3B099" w:rsidR="00A77803" w:rsidRPr="00A86893" w:rsidRDefault="00C82C19" w:rsidP="00A77803">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C82C19">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Sum: The total number of tools that identified the ortholog pair.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="794CACF4" w14:textId="77777777" w:rsidR="00A77803" w:rsidRPr="00A77803" w:rsidRDefault="00A77803" w:rsidP="00A86893">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="eastAsia"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="57406D6E" w14:textId="77777777" w:rsidR="00E047CE" w:rsidRPr="00A86893" w:rsidRDefault="00E047CE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00E047CE" w:rsidRPr="00A86893">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="851" w:footer="992" w:gutter="0"/>
       <w:cols w:space="425"/>
       <w:docGrid w:type="lines" w:linePitch="312"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="等线">
     <w:altName w:val="DengXian"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
@@ -794,71 +1272,78 @@
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="黑体">
     <w:altName w:val="SimHei"/>
     <w:panose1 w:val="02010609060101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="800002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="宋体">
     <w:altName w:val="SimSun"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="170"/>
+  <w:zoom w:percent="150"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="420"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B23790"/>
     <w:rsid w:val="004E4C4F"/>
     <w:rsid w:val="00640CA4"/>
     <w:rsid w:val="009D36CE"/>
+    <w:rsid w:val="00A77803"/>
     <w:rsid w:val="00A86893"/>
     <w:rsid w:val="00A95D2E"/>
     <w:rsid w:val="00B15CB3"/>
     <w:rsid w:val="00B23790"/>
     <w:rsid w:val="00C40B96"/>
+    <w:rsid w:val="00C4129F"/>
+    <w:rsid w:val="00C82C19"/>
     <w:rsid w:val="00CB5DE6"/>
     <w:rsid w:val="00E047CE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
@@ -2172,54 +2657,54 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>191</Words>
-  <Characters>1092</Characters>
+  <Words>258</Words>
+  <Characters>1477</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>9</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>12</Lines>
+  <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1281</CharactersWithSpaces>
+  <CharactersWithSpaces>1732</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>淇 郑</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>